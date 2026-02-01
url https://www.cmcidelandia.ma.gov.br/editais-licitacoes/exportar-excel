--- v0 (2025-10-28)
+++ v1 (2026-02-01)
@@ -53,51 +53,51 @@
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2025</t>
   </si>
   <si>
     <t>11/2025</t>
   </si>
   <si>
     <t>DISPENSA</t>
   </si>
   <si>
     <t>menor preço</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para sistema de contabilidade integrada da Câmara Municipal de Cidelândia – MA.</t>
+    <t>Contratação de empresa especializada para sistema...</t>
   </si>
   <si>
     <t>20/05/2025</t>
   </si>
   <si>
     <t>Em Andamento</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>